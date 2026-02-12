--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -228,87 +228,87 @@
   <si>
     <t>Recomposição de massa asfáltica na Rua Daniel Serapião de Carvalho, no bairro Monte Alegre</t>
   </si>
   <si>
     <t>Indicação nº 944 de 2025</t>
   </si>
   <si>
     <t>Retirada de monte de terra na Estrada União Indústria, sentido Cotegipe</t>
   </si>
   <si>
     <t>Indicação nº 945 de 2025</t>
   </si>
   <si>
     <t>Eré,Anselmo Leopoldino</t>
   </si>
   <si>
     <t>Levantamento da população idosa e das pessoas com deficiência no município</t>
   </si>
   <si>
     <t>Moção nº 214 de 2025</t>
   </si>
   <si>
     <t>Geralda,Advogado Guilherme Macedo,Anselmo Leopoldino,Carlão,Eré,Ronninho Gás,Soninha Vieira,Tavinho da Saúde</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Tarcísio Delgado</t>
+    <t>Moção de Pesar aos familiares do Senhor Tarcísio Delgado</t>
   </si>
   <si>
     <t>Moção nº 215 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Carlão,Eré,Soninha Vieira,Tavinho da Saúde</t>
   </si>
   <si>
-    <t>Moção da pesar aos familiares do Senhor João Francisco Vieira Esteves</t>
+    <t>Moção da Pesar aos familiares do Senhor João Francisco Vieira Esteves</t>
   </si>
   <si>
     <t>Moção nº 216 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Geralda,Ronninho Gás,Soninha Vieira</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Fábio Marques</t>
+    <t>Moção de Pesar aos familiares do Senhor Fábio Marques</t>
   </si>
   <si>
     <t>Moção nº 217 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Soninha Vieira</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares da Senhora Elizabete Rufino</t>
+    <t>Moção de Pesar aos familiares da Senhora Elizabete Rufino</t>
   </si>
   <si>
     <t>Moção nº 218 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Geralda,Soninha Vieira,Tavinho da Saúde</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor José Wantuil Castilho Pacheco</t>
+    <t>Moção de Pesar aos familiares do Senhor José Wantuil Castilho Pacheco</t>
   </si>
   <si>
     <t>Requerimento nº 29 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Advogado Guilherme Macedo,Carlão,Eré,Geralda,Professor Diego Milioni,Ronninho Gás,Soninha Vieira,Tavinho da Saúde</t>
   </si>
   <si>
     <t>Reunião Administrativa com o Chefe do Poder Executivo e a Comissão de Avaliação das Emendas Impositivas</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>