--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -261,69 +261,69 @@
   <si>
     <t>Estudo de viabilidade para construção de rampa na entrada principal do Cemitério Municipal</t>
   </si>
   <si>
     <t>Indicação nº 975 de 2025</t>
   </si>
   <si>
     <t>Manutenção das escadas internas e instalação de corrimãos no Cemitério Municipal</t>
   </si>
   <si>
     <t>Indicação nº 976 de 2025</t>
   </si>
   <si>
     <t>Poda de árvore na Margem da Central, no bairro Soledade</t>
   </si>
   <si>
     <t>Indicação nº 977 de 2025</t>
   </si>
   <si>
     <t>Reparo ou troca das cadeiras longarina do PSF Monte Alegre</t>
   </si>
   <si>
     <t>Moção nº 219 de 2025</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares da Senhora Maria José Alves da Silva</t>
+    <t>Moção de Pesar aos familiares da Senhora Maria José Alves da Silva</t>
   </si>
   <si>
     <t>Moção nº 220 de 2025</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Miqueias Lima de Oliveira</t>
+    <t>Moção de Pesar aos familiares do Senhor Miqueias Lima de Oliveira</t>
   </si>
   <si>
     <t>Moção nº 221 de 2025</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Antônio de Souza Cardoso</t>
+    <t>Moção de Pesar aos familiares do Senhor Antônio de Souza Cardoso</t>
   </si>
   <si>
     <t>Moção nº 222 de 2025</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Francisco Augusto de Oliveira Gomes</t>
+    <t>Moção de Pesar aos familiares do Senhor Francisco Augusto de Oliveira Gomes</t>
   </si>
   <si>
     <t>Requerimento nº 32 de 2025</t>
   </si>
   <si>
     <t>Eré,Advogado Guilherme Macedo,Anselmo Leopoldino,Carlão,Geralda,Professor Diego Milioni,Ronninho Gás,Soninha Vieira,Tavinho da Saúde</t>
   </si>
   <si>
     <t>Audiência Pública com a Copasa, ARSAE-MG, Ministério Público e Poder Executivo</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 946 de 2025</t>
   </si>
   <si>
     <t>Adaptação das instalações físicas de prédios públicos para pessoas com deficiência e recomendação para edificações comerciais e de acesso coletivo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">