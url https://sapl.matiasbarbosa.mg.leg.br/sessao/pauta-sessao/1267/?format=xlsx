--- v0 (2025-12-28)
+++ v1 (2026-02-12)
@@ -117,51 +117,51 @@
   <si>
     <t>Anselmo Leopoldino</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo ao Senhor Rogério Machado da Silva.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 29 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo à Senhora Lenir Aparecida Faria.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 30 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo à Senhora Maria Aparecida Gonçalves de Sousa.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 31 de 2025</t>
   </si>
   <si>
     <t>Carlão</t>
   </si>
   <si>
-    <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo ao Senhor Maurício dos Reis Domingos</t>
+    <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo ao Senhor Maurício dos Reis Domingos.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 32 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo ao Senhor José Roberto Brolhiati de Magalhães.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 33 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo à Senhora Roberta de Macedo Magalhães.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 34 de 2025</t>
   </si>
   <si>
     <t>Professor Diego Milioni</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ordem do Caminho Novo ao Senhor José Guilherme Ferreira Filho.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 35 de 2025</t>
   </si>
@@ -423,75 +423,75 @@
   <si>
     <t>Indicação nº 1136 de 2025</t>
   </si>
   <si>
     <t>Troca de lâmpada em poste na Avenida Vereador Mauri Chapinotti, no bairro Vale do Sol</t>
   </si>
   <si>
     <t>Indicação nº 1137 de 2025</t>
   </si>
   <si>
     <t>Troca de lâmpada em poste na Rua Ataíde Luiz de Souza, no bairro Soledade</t>
   </si>
   <si>
     <t>Indicação nº 1138 de 2025</t>
   </si>
   <si>
     <t>Troca de lâmpada em poste na Rua Leonardo Picinini, no bairro Monte Alegre</t>
   </si>
   <si>
     <t>Moção nº 232 de 2025</t>
   </si>
   <si>
     <t>Anselmo Leopoldino,Advogado Guilherme Macedo,Carlão,Geralda</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares da Senhora Ivone Cescas Querino</t>
+    <t>Moção de Pesar aos familiares da Senhora Ivone Cescas Querino</t>
   </si>
   <si>
     <t>Moção nº 233 de 2025</t>
   </si>
   <si>
     <t>Soninha Vieira,Advogado Guilherme Macedo,Anselmo Leopoldino,Carlão,Tavinho da Saúde</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Jorge das Graças da Costa</t>
+    <t>Moção de Pesar aos familiares do Senhor Jorge das Graças da Costa</t>
   </si>
   <si>
     <t>Moção nº 234 de 2025</t>
   </si>
   <si>
     <t>Soninha Vieira,Anselmo Leopoldino,Carlão,Geralda,Tavinho da Saúde</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares da Senhora Geralda Domiciana Simeão</t>
+    <t>Moção de Pesar aos familiares da Senhora Geralda Domiciana Simeão</t>
   </si>
   <si>
     <t>Moção nº 235 de 2025</t>
   </si>
   <si>
-    <t>Moção de pesar aos familiares do Senhor Joaquim Cesário da Silva</t>
+    <t>Moção de Pesar aos familiares do Senhor Joaquim Cesário da Silva</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Mensagem nº 26 de 2025</t>
   </si>
   <si>
     <t>Maurício dos Reis Domingos - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre a previsão do desconto excepcional de 20% (vinte por cento), a ser aplicado sobre o valor total do Imposto Sobre a Propriedade Predial e Territorial Urbana (IPTU) e as taxas lançadas em conjunto, relativos ao exercício de 2026.</t>
   </si>
   <si>
     <t>Leitura em Plenrário</t>
   </si>
   <si>
     <t>Mensagem aditiva nº 6 de 2025</t>
   </si>
   <si>
     <t>Substitui a Mensagem nº 20/2025 do PL 39/2025 - Estima a Receita e Fixa a Despesa do Município de Matias Barbosa para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 48 de 2025</t>
   </si>